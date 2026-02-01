--- v0 (2025-10-26)
+++ v1 (2026-02-01)
@@ -16,51 +16,51 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10762"/>
       </w:tblGrid>
       <w:tr w:rsidR="003147A5" w:rsidRPr="001B2D2F" w14:paraId="0A4DEA54" w14:textId="77777777" w:rsidTr="0049621D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10762" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="172B54" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BEE72A4" w14:textId="77777777" w:rsidR="003147A5" w:rsidRPr="0049621D" w:rsidRDefault="00B74A46" w:rsidP="0049621D">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -190,253 +190,207 @@
     </w:p>
     <w:p w14:paraId="1885A70D" w14:textId="6054F10E" w:rsidR="00296E65" w:rsidRDefault="00296E65" w:rsidP="003147A5">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SUBMISSION PERIOD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DFEDF6" w14:textId="1E14034C" w:rsidR="00296E65" w:rsidRDefault="00296E65" w:rsidP="00376BEC">
+    <w:p w14:paraId="52DFEDF6" w14:textId="6303D396" w:rsidR="00296E65" w:rsidRDefault="00296E65" w:rsidP="00376BEC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>Please ma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
-        <w:t>rk the 2025 Submission Period you are intending to submit:</w:t>
+        <w:t>rk the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000A665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Submission Period you are intending to submit:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285E45B3" w14:textId="7C0D79B5" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00F05AF9" w:rsidP="00296E65">
+    <w:p w14:paraId="285E45B3" w14:textId="0074726A" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00000000" w:rsidP="00296E65">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-212508354"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>16 - 27</w:t>
+      </w:r>
+      <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>February</w:t>
+      </w:r>
+      <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0E4A811D" w14:textId="52815A21" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00F05AF9" w:rsidP="00296E65">
+    <w:p w14:paraId="03FA6658" w14:textId="26CA8030" w:rsidR="00296E65" w:rsidRDefault="00000000" w:rsidP="00296E65">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-1232083126"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>7 - 18</w:t>
       </w:r>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
-          <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-        <w:t>nd</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
+        <w:t>September</w:t>
       </w:r>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
-        <w:t xml:space="preserve"> June – 13</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
-[...45 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="008E05AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
+        </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> October 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AEA4F09" w14:textId="77777777" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00296E65" w:rsidP="00296E65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67216134" w14:textId="5961D06C" w:rsidR="003147A5" w:rsidRPr="00620F25" w:rsidRDefault="00875986" w:rsidP="003147A5">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -479,152 +433,150 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069AE987" w14:textId="408BD2BA" w:rsidR="002C7DBC" w:rsidRPr="00620F25" w:rsidRDefault="002C7DBC" w:rsidP="006F57CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1140"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C7DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Highly Accomplished Teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFD8727" w14:textId="77777777" w:rsidR="002C7DBC" w:rsidRPr="002C7DBC" w:rsidRDefault="00F05AF9" w:rsidP="006F57CB">
+          <w:p w14:paraId="7FFD8727" w14:textId="77777777" w:rsidR="002C7DBC" w:rsidRPr="002C7DBC" w:rsidRDefault="00000000" w:rsidP="006F57CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1140"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1253705742"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C7DBC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C36DC54" w14:textId="4F200D86" w:rsidR="002C7DBC" w:rsidRPr="002C7DBC" w:rsidRDefault="002C7DBC" w:rsidP="006F57CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1140"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C7DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lead Teacher</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FAF516B" w14:textId="29B1508A" w:rsidR="002C7DBC" w:rsidRPr="00620F25" w:rsidRDefault="00F05AF9" w:rsidP="006F57CB">
+          <w:p w14:paraId="1FAF516B" w14:textId="378B073F" w:rsidR="002C7DBC" w:rsidRPr="00620F25" w:rsidRDefault="00000000" w:rsidP="006F57CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1140"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1539082194"/>
                 <w14:checkbox>
-                  <w14:checked w14:val="1"/>
+                  <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001C4F2A">
+                <w:r w:rsidR="007F13CE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>☒</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="786FDB48" w14:textId="77777777" w:rsidR="00142FC2" w:rsidRPr="00620F25" w:rsidRDefault="00142FC2" w:rsidP="003147A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="763C63C5" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="00875986" w:rsidP="0049621D">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -701,51 +653,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>TRB Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1283252975"/>
             <w:placeholder>
               <w:docPart w:val="7FC29370B5AB4576B4EDB303048CE070"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3586" w:type="pct"/>
                 <w:gridSpan w:val="10"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1114E0BB" w14:textId="77777777" w:rsidR="00971CF4" w:rsidRDefault="00971CF4" w:rsidP="005571ED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -802,51 +753,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-418169302"/>
             <w:placeholder>
               <w:docPart w:val="87CB26E60BB045CD801259B4C11FF5D6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3586" w:type="pct"/>
                 <w:gridSpan w:val="10"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1D76921D" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="005571ED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -903,51 +853,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Names</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="242697532"/>
             <w:placeholder>
               <w:docPart w:val="62BF35E919FC4D39A6454999879E1807"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3586" w:type="pct"/>
                 <w:gridSpan w:val="10"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="3605772F" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="005571ED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -995,51 +944,50 @@
             <w:r w:rsidRPr="00620F25">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="540709819"/>
             <w:placeholder>
               <w:docPart w:val="1B114EA99FFA4F32AB6FD0459D7D308D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3586" w:type="pct"/>
                 <w:gridSpan w:val="10"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="73C8373C" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="005571ED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -1112,51 +1060,50 @@
             <w:r w:rsidRPr="00620F25">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g. Mr/Mrs/Ms/Miss/Dr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="938875195"/>
             <w:placeholder>
               <w:docPart w:val="19CB0325224B4B859F2E0E62B4AA1449"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1394" w:type="pct"/>
                 <w:gridSpan w:val="3"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="250AD8E4" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="005571ED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -1195,51 +1142,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="314846968"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="548" w:type="pct"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2F98B9CD" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="00B767B3" w:rsidP="00B767B3">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="524"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
@@ -1296,51 +1242,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1834524556"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="548" w:type="pct"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:noWrap/>
               </w:tcPr>
               <w:p w14:paraId="171FE4DC" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="00B767B3" w:rsidP="00B767B3">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00620F25">
@@ -1428,51 +1373,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aboriginal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-19628401"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="386" w:type="pct"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:noWrap/>
               </w:tcPr>
               <w:p w14:paraId="4D64C01D" w14:textId="77777777" w:rsidR="00D25013" w:rsidRPr="00620F25" w:rsidRDefault="00D25013" w:rsidP="00D25013">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="68" w:right="-23"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00620F25">
@@ -1521,51 +1465,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Torres Strait Islander</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-224531427"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="339" w:type="pct"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:noWrap/>
               </w:tcPr>
               <w:p w14:paraId="638A1F94" w14:textId="77777777" w:rsidR="00D25013" w:rsidRPr="00620F25" w:rsidRDefault="00E73FB0" w:rsidP="00E73FB0">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00620F25">
                   <w:rPr>
@@ -1613,51 +1556,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Neither</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1855568343"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="533" w:type="pct"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:noWrap/>
               </w:tcPr>
               <w:p w14:paraId="701C75DA" w14:textId="77777777" w:rsidR="00D25013" w:rsidRPr="00620F25" w:rsidRDefault="00E73FB0" w:rsidP="00E73FB0">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00620F25">
                   <w:rPr>
@@ -1809,51 +1751,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:color w:val="231F20"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1097245430"/>
             <w:placeholder>
               <w:docPart w:val="FA5D0207EC4F4585AE7C5EF7A863C950"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="4111" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3F1D4F12" w14:textId="77777777" w:rsidR="00F47371" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="009473F2">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:right="-20"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
@@ -1898,51 +1839,50 @@
             <w:r w:rsidRPr="002C7DBC">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
             </w:rPr>
             <w:id w:val="-2129003927"/>
             <w:placeholder>
               <w:docPart w:val="69E3C54CC91F4D07BD8C8AC19A08CC43"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3969" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5EB196FF" w14:textId="77777777" w:rsidR="00F47371" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -1988,51 +1928,50 @@
             <w:r w:rsidRPr="00620F25">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
             </w:rPr>
             <w:id w:val="-2012663502"/>
             <w:placeholder>
               <w:docPart w:val="D8F0D3DD8D5E40689DA94228352BAAAC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8931" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6E63DE4D" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
@@ -2191,51 +2130,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Street or PO Box</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="959844676"/>
             <w:placeholder>
               <w:docPart w:val="31C2A5D5D7094E67B7943A41D5F10333"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8931" w:type="dxa"/>
                 <w:gridSpan w:val="7"/>
               </w:tcPr>
               <w:p w14:paraId="682303DA" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -2274,51 +2212,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-891802429"/>
             <w:placeholder>
               <w:docPart w:val="6EA30E9593CB467F8D29187CBC2F345E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2410" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6A2EBAA1" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2350,51 +2287,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1300694270"/>
             <w:placeholder>
               <w:docPart w:val="4AAFA7675B8C4252B8269BB00FEADAA2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p w14:paraId="1CD39415" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -2427,51 +2363,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-850101874"/>
             <w:placeholder>
               <w:docPart w:val="334F5D3DF57E4E2380FA6C1C266DC7DB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1984" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0C9424AC" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2503,51 +2438,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="2124190977"/>
             <w:placeholder>
               <w:docPart w:val="D8F42574BD224DD286870BA9A09B2E64"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="851" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4BCEC7F7" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2676,51 +2610,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Street or PO Box</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1195962502"/>
             <w:placeholder>
               <w:docPart w:val="8C87FC1053104FE6B0A93077A858B794"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8931" w:type="dxa"/>
                 <w:gridSpan w:val="7"/>
               </w:tcPr>
               <w:p w14:paraId="77754183" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -2759,51 +2692,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Suburb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="2024281594"/>
             <w:placeholder>
               <w:docPart w:val="C0FB40BB0D7B4794A402748AAE1AD026"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2410" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="58D62021" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2835,51 +2767,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-946920663"/>
             <w:placeholder>
               <w:docPart w:val="C84A4E7A5E04451D83456ECC533B8522"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="850" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4A50B804" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2911,51 +2842,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1259180546"/>
             <w:placeholder>
               <w:docPart w:val="7A7507AC16A14CEFB887F308040B3095"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1984" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="26D25318" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -2987,51 +2917,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="898715732"/>
             <w:placeholder>
               <w:docPart w:val="905C409E8517441C969974447C42BF12"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="851" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0C55C3F5" w14:textId="77777777" w:rsidR="0049621D" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="00FF7649">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -3205,51 +3134,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Government</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1077248696"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="4AEF5539" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="003B33E5" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
@@ -3298,51 +3226,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Catholic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="2108221131"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="124A1372" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="003B33E5" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
@@ -3391,51 +3318,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Independent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="1950048882"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="779" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="1D616727" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="003B33E5" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
@@ -3485,51 +3411,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Christian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="-1645188097"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1099" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="07C08A52" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="003B33E5" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
@@ -3576,51 +3501,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Current Workplace</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1078633886"/>
             <w:placeholder>
               <w:docPart w:val="53372507599D4CFE81D58BCE606898A8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8505" w:type="dxa"/>
                 <w:gridSpan w:val="14"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="70A3A5B3" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="00620F25" w:rsidRDefault="002A6BED" w:rsidP="009473F2">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
@@ -3668,51 +3592,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1213011894"/>
             <w:placeholder>
               <w:docPart w:val="371A1E4A4FDD4053820EB39C03643FD9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Early Childhood" w:value="Early Childhood"/>
               <w:listItem w:displayText="Primary" w:value="Primary"/>
               <w:listItem w:displayText="Middle" w:value="Middle"/>
               <w:listItem w:displayText="Secondary" w:value="Secondary"/>
               <w:listItem w:displayText="Combined" w:value="Combined"/>
               <w:listItem w:displayText="Special Education" w:value="Special Education"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3260" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6020F479" w14:textId="77777777" w:rsidR="002E68C3" w:rsidRPr="00620F25" w:rsidRDefault="003F13D7" w:rsidP="009473F2">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
@@ -3766,51 +3689,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="745540910"/>
             <w:placeholder>
               <w:docPart w:val="BD4678C5400545908391E213ECB49164"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Darwin" w:value="Darwin"/>
               <w:listItem w:displayText="Top End" w:value="Top End"/>
               <w:listItem w:displayText="Central" w:value="Central"/>
               <w:listItem w:displayText="Barkly" w:value="Barkly"/>
               <w:listItem w:displayText="Big Rivers" w:value="Big Rivers"/>
               <w:listItem w:displayText="East Arnhem" w:value="East Arnhem"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3261" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6ADA0DF3" w14:textId="77777777" w:rsidR="002E68C3" w:rsidRPr="00620F25" w:rsidRDefault="00971CF4" w:rsidP="009473F2">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
@@ -3887,51 +3809,50 @@
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:id w:val="705144925"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1441" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="59A5ED32" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="003B33E5" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
@@ -3978,51 +3899,50 @@
             <w:r w:rsidRPr="00620F25">
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Part Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-910773417"/>
             <w:placeholder>
               <w:docPart w:val="42596354BE1048E0B1B337FEE535B266"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1441" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2EF74B8F" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="009473F2" w:rsidRDefault="002A6BED" w:rsidP="002E68C3">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:right="-20"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
@@ -4067,51 +3987,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Relief</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="FTE hours"/>
             <w:tag w:val="FTE hours"/>
             <w:id w:val="160351348"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1442" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="73B1F090" w14:textId="77777777" w:rsidR="003B33E5" w:rsidRPr="002C7DBC" w:rsidRDefault="007431AD" w:rsidP="002C7DBC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="377" w:lineRule="exact"/>
                   <w:ind w:right="404"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
@@ -4164,51 +4083,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Position Held</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:id w:val="-1749183313"/>
             <w:placeholder>
               <w:docPart w:val="64075279D5DC4889B3FA49CE9753151C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8505" w:type="dxa"/>
                 <w:gridSpan w:val="14"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="228CBFC6" w14:textId="77777777" w:rsidR="007431AD" w:rsidRPr="002A6BED" w:rsidRDefault="001102FF" w:rsidP="00620F25">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:right="-20"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -4250,51 +4168,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Classification/Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="2036915640"/>
             <w:placeholder>
               <w:docPart w:val="317E83C54A40470FAC94312980505CE5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8505" w:type="dxa"/>
                 <w:gridSpan w:val="14"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="124273D3" w14:textId="77777777" w:rsidR="00856FF7" w:rsidRPr="002A6BED" w:rsidRDefault="001102FF" w:rsidP="002A6BED">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>e.g. CT Level or designation</w:t>
@@ -4738,166 +4655,163 @@
       <w:r w:rsidR="006F57CB">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">rovide the following statement of support in relation to the work provided that this person is working at Highly Accomplished / Lead Teacher </w:t>
       </w:r>
       <w:r w:rsidR="006F57CB">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>tandard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D44CC74" w14:textId="1412C838" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00F05AF9" w:rsidP="00296E65">
+    <w:p w14:paraId="2D44CC74" w14:textId="1412C838" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00000000" w:rsidP="00296E65">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-396131879"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">this work is well </w:t>
       </w:r>
       <w:r w:rsidR="00590AF9" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>organised.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B35F2D" w14:textId="2CF3C8E4" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00F05AF9" w:rsidP="00296E65">
+    <w:p w14:paraId="57B35F2D" w14:textId="2CF3C8E4" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00000000" w:rsidP="00296E65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="783157989"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>this portfolio of evidence</w:t>
       </w:r>
       <w:r w:rsidR="009D6768">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> inclusive of annotated artefacts illustrates the HA or LT standards. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D230102" w14:textId="2A85C960" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00F05AF9" w:rsidP="00296E65">
+    <w:p w14:paraId="3D230102" w14:textId="2A85C960" w:rsidR="00296E65" w:rsidRPr="00296E65" w:rsidRDefault="00000000" w:rsidP="00296E65">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="97908664"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00296E65" w:rsidRPr="00296E65">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>this person is considered Highly Accomplished or Leading amongst their peers and/or beyond their immediate employment.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4958,51 +4872,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="1885592221"/>
               <w:placeholder>
                 <w:docPart w:val="85F4E567EAE3480CBB1CC7FD69A06691"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="62B6355E" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRPr="00620F25" w:rsidRDefault="00BB5E44" w:rsidP="00F3592D">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="032A3710" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRPr="002C7DBC" w:rsidRDefault="00BB5E44" w:rsidP="00F3592D">
             <w:pPr>
@@ -5074,51 +4987,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="-643437004"/>
               <w:placeholder>
                 <w:docPart w:val="838C4EBA46D1441BB8AF539863F7BF4E"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5A2A4DAA" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRPr="00620F25" w:rsidRDefault="00BB5E44" w:rsidP="00F3592D">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5147,51 +5059,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRB Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1622133883"/>
             <w:placeholder>
               <w:docPart w:val="8F3EB9F4BBD14A49B0420F6BA59BE859"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="21F2596D" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRPr="00620F25" w:rsidRDefault="00BB5E44" w:rsidP="00F3592D">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -5328,51 +5239,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1317613707"/>
             <w:placeholder>
               <w:docPart w:val="6282A5150DDC43F8968C37572872BEB6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1984" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="1C52A908" w14:textId="77777777" w:rsidR="007346FA" w:rsidRDefault="007346FA" w:rsidP="007346FA">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
@@ -5394,72 +5304,72 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="70" w:right="-20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1408456462"/>
             <w:placeholder>
               <w:docPart w:val="F6AFBB130DF244BB8615FF47F6C9F7DC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="33CD08D3" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRPr="002C7DBC" w:rsidRDefault="007346FA" w:rsidP="00F3592D">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="70" w:right="-20"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
@@ -5498,51 +5408,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="400793220"/>
             <w:placeholder>
               <w:docPart w:val="629CCDC1940D4577BC3D273A2BEA8E75"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5103" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="16ACF6F1" w14:textId="77777777" w:rsidR="00BB5E44" w:rsidRDefault="007346FA" w:rsidP="00F3592D">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -5578,181 +5487,178 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="416DCB" w:themeColor="text1" w:themeTint="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="416DCB" w:themeColor="text1" w:themeTint="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PRINCIPAL ENDORSEMENT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343D3029" w14:textId="07E47C89" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00F05AF9" w:rsidP="0036518A">
+    <w:p w14:paraId="343D3029" w14:textId="07E47C89" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00000000" w:rsidP="0036518A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="1131683292"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0036518A" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0036518A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">I endorse this applicant’s submission for National Certification as Highly Accomplished / Lead Teacher </w:t>
       </w:r>
       <w:r w:rsidR="006F57CB">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>tatus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6D6359" w14:textId="4A8EACDE" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00F05AF9" w:rsidP="0036518A">
+    <w:p w14:paraId="2A6D6359" w14:textId="4A8EACDE" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00000000" w:rsidP="0036518A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-955018474"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0036518A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0036518A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>The work in this submission reflects a genuine contribution to this school context and is worthy of trialling in other settings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37887EAD" w14:textId="0413B915" w:rsidR="0036518A" w:rsidRDefault="00F05AF9" w:rsidP="0036518A">
+    <w:p w14:paraId="37887EAD" w14:textId="0413B915" w:rsidR="0036518A" w:rsidRDefault="00000000" w:rsidP="0036518A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="738060982"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0036518A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0036518A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
@@ -5772,71 +5678,70 @@
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">and/or Leading for the </w:t>
       </w:r>
       <w:r w:rsidR="00A228FC">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>rofession of teaching.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F66B1A" w14:textId="5E679521" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00F05AF9" w:rsidP="0036518A">
+    <w:p w14:paraId="40F66B1A" w14:textId="5E679521" w:rsidR="001C4F2A" w:rsidRPr="001C4F2A" w:rsidRDefault="00000000" w:rsidP="0036518A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="57" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="1257645464"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0036518A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0036518A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="001C4F2A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
@@ -5917,51 +5822,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="2018192371"/>
               <w:placeholder>
                 <w:docPart w:val="C31B633FF42E451E93D391C5A86AECBA"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4A36B4C4" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRPr="00620F25" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2FC19F97" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRPr="002C7DBC" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
             <w:pPr>
@@ -6033,51 +5937,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:id w:val="1199504862"/>
               <w:placeholder>
                 <w:docPart w:val="DD5CB472B4374A2D82DC7AD4C93D5076"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4D5909CB" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRPr="00620F25" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6106,51 +6009,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TRB Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1740401497"/>
             <w:placeholder>
               <w:docPart w:val="5642DC3B452947A78CD0E9935E78A5EE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="13D18C3A" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRPr="00620F25" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
@@ -6313,51 +6215,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="753872164"/>
             <w:placeholder>
               <w:docPart w:val="176AA7B161B04F38A9EC5A241783C2FF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1984" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="39718A95" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
@@ -6400,51 +6301,50 @@
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="231F20"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="106393772"/>
             <w:placeholder>
               <w:docPart w:val="D9E7B29682E34A05ACF7C3C82A7BEBB9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3544" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="333A8430" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRPr="002C7DBC" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:ind w:left="70" w:right="-20"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="231F20"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
@@ -6483,51 +6383,50 @@
                 <w:rFonts w:ascii="Lato" w:hAnsi="Lato" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-955334474"/>
             <w:placeholder>
               <w:docPart w:val="8EFDCEF03BC141CDAD15F1DC08FA46DE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5103" w:type="dxa"/>
                 <w:gridSpan w:val="4"/>
               </w:tcPr>
               <w:p w14:paraId="504ADC4A" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRDefault="00376BEC" w:rsidP="00376BEC">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BC3A80">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
@@ -6769,393 +6668,386 @@
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C64C32E" w14:textId="1F6E919F" w:rsidR="00875986" w:rsidRDefault="00875986" w:rsidP="00F47371">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00620F25">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPLICANT </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DECLARATION</w:t>
       </w:r>
       <w:r w:rsidR="009D6768">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0227539B" w14:textId="65B873FD" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="001C4F2A" w:rsidP="004130B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>lodge my application</w:t>
       </w:r>
       <w:r w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> Highly Accomplished / Lead Teacher status and declare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C5CADD" w14:textId="2B515199" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="72C5CADD" w14:textId="2B515199" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-2052141108"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>The work presented is my own and has not been procured or produced by another person or technology.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5AC6CA" w14:textId="564FF7EA" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="3E5AC6CA" w14:textId="564FF7EA" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="1049037468"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>I am held in the esteem of a Highly Accomplished and/or Lead Teacher.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3243E72C" w14:textId="2E48F365" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="3243E72C" w14:textId="2E48F365" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-468742846"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>My work is clearly presented and able to be accessed and navigated by an unknown person without further instruction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DDFE12" w14:textId="42A996D6" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="16DDFE12" w14:textId="42A996D6" w:rsidR="001C4F2A" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-1160763087"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001C4F2A" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">My work may be de-identified and submitted to National Moderation and benchmarking regardless of its assessment outcome. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77BC1EBD" w14:textId="28BA790A" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="77BC1EBD" w14:textId="28BA790A" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="233358616"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00140369" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>The two observations I have submitted were undertaken and taught.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B85FDEE" w14:textId="37B84B2D" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="7B85FDEE" w14:textId="37B84B2D" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-1126777239"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00140369" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>The written statement I have provided is clearly set out and refle</w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>cts</w:t>
       </w:r>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> my teaching philosophy against the APST’s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D03B964" w14:textId="50020F53" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="7D03B964" w14:textId="50020F53" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="634916556"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00140369" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t>I have engaged in Performance Growth Plan processes and provided 2 years (HA) / 3 years (LT) of evidence of these.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D591D64" w14:textId="00CD4A3C" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="3D591D64" w14:textId="00CD4A3C" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="-869293859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00140369" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A228FC">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
@@ -7170,120 +7062,118 @@
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">eaching </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>roficiency, influence, and leadership</w:t>
       </w:r>
       <w:r w:rsidR="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713129C5" w14:textId="0E5255A9" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="001C4F2A">
+    <w:p w14:paraId="713129C5" w14:textId="0E5255A9" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="001C4F2A">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="205001209"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00140369" w:rsidRPr="00140369">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(Lead only) The Lead initiative outlined in this submission has had endorsement from the school’s leadership team and </w:t>
       </w:r>
       <w:r w:rsidR="0036518A">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve">ould be of benefit to other schools. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122526B5" w14:textId="6451044C" w:rsidR="0036518A" w:rsidRPr="00140369" w:rsidRDefault="00F05AF9" w:rsidP="009D6768">
+    <w:p w14:paraId="122526B5" w14:textId="6451044C" w:rsidR="0036518A" w:rsidRPr="00140369" w:rsidRDefault="00000000" w:rsidP="009D6768">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           </w:rPr>
           <w:id w:val="824235631"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009D6768">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009D6768" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D6768">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00140369" w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
@@ -7386,51 +7276,50 @@
                 <w:color w:val="231F20"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
             </w:rPr>
             <w:id w:val="-55398363"/>
             <w:placeholder>
               <w:docPart w:val="78B5152E1B224FEBA22482F2C96E798F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1978" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="49CBBCDD" w14:textId="77777777" w:rsidR="00620F25" w:rsidRPr="00620F25" w:rsidRDefault="005571ED" w:rsidP="005571ED">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001E0D1F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E5CBA04" w14:textId="77777777" w:rsidR="00875986" w:rsidRDefault="00875986" w:rsidP="00620F25">
@@ -7537,87 +7426,87 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21B077A2" w14:textId="2E00E522" w:rsidR="00140369" w:rsidRPr="004B6381" w:rsidRDefault="00620F25" w:rsidP="0027221D">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00620F25">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>LODGING YOUR APPLICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C51238D" w14:textId="38E0AA0D" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00140369" w:rsidP="00140369">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
         <w:t>Upon receipt of this intention to submit, you will be provided with instructions to upload your portfolio into a digital environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BF095D" w14:textId="2DD44576" w:rsidR="00140369" w:rsidRPr="00376BEC" w:rsidRDefault="00140369" w:rsidP="00140369">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140369">
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Your assessors may not have access to your local software, and all submissions must take this into consideration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3969F583" w14:textId="77777777" w:rsidR="00140369" w:rsidRDefault="00140369" w:rsidP="00140369"/>
     <w:p w14:paraId="5FFF47FC" w14:textId="77777777" w:rsidR="00140369" w:rsidRDefault="00140369" w:rsidP="00140369"/>
     <w:p w14:paraId="54E4D33E" w14:textId="77777777" w:rsidR="00140369" w:rsidRPr="00140369" w:rsidRDefault="00140369" w:rsidP="00140369"/>
     <w:p w14:paraId="23E93F2C" w14:textId="77777777" w:rsidR="00A228FC" w:rsidRDefault="00A228FC" w:rsidP="00B74A46">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="355E113D" w14:textId="77777777" w:rsidR="00A228FC" w:rsidRDefault="00A228FC" w:rsidP="00B74A46">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3174F707" w14:textId="77777777" w:rsidR="00376BEC" w:rsidRDefault="00376BEC" w:rsidP="00B74A46">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -8500,76 +8389,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:hAnsi="Lato"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>halt.trb@trb.nt.gov.au</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CB0CD2" w:rsidRPr="00A228FC" w:rsidSect="001B2D2F">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="227" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E477B9C" w14:textId="77777777" w:rsidR="00AE58DD" w:rsidRDefault="00AE58DD" w:rsidP="00142FC2">
+    <w:p w14:paraId="60EB631D" w14:textId="77777777" w:rsidR="00E44EC9" w:rsidRDefault="00E44EC9" w:rsidP="00142FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34958926" w14:textId="77777777" w:rsidR="00AE58DD" w:rsidRDefault="00AE58DD" w:rsidP="00142FC2">
+    <w:p w14:paraId="3D128983" w14:textId="77777777" w:rsidR="00E44EC9" w:rsidRDefault="00E44EC9" w:rsidP="00142FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8615,61 +8504,61 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01E5B754" w14:textId="77777777" w:rsidR="00E03151" w:rsidRDefault="00E03151">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10920" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="287"/>
       <w:gridCol w:w="2837"/>
       <w:gridCol w:w="2424"/>
       <w:gridCol w:w="2254"/>
       <w:gridCol w:w="2835"/>
       <w:gridCol w:w="283"/>
     </w:tblGrid>
     <w:tr w:rsidR="001B2D2F" w14:paraId="233C8C29" w14:textId="77777777" w:rsidTr="009E3176">
       <w:trPr>
@@ -9074,96 +8963,96 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1130F7EF" w14:textId="77777777" w:rsidR="00142FC2" w:rsidRDefault="00142FC2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79BF4753" w14:textId="77777777" w:rsidR="00E03151" w:rsidRDefault="00E03151">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="531A0FD5" w14:textId="77777777" w:rsidR="00AE58DD" w:rsidRDefault="00AE58DD" w:rsidP="00142FC2">
+    <w:p w14:paraId="48BAF2CA" w14:textId="77777777" w:rsidR="00E44EC9" w:rsidRDefault="00E44EC9" w:rsidP="00142FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E645F67" w14:textId="77777777" w:rsidR="00AE58DD" w:rsidRDefault="00AE58DD" w:rsidP="00142FC2">
+    <w:p w14:paraId="0CFCAAB2" w14:textId="77777777" w:rsidR="00E44EC9" w:rsidRDefault="00E44EC9" w:rsidP="00142FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48C2BE17" w14:textId="77777777" w:rsidR="00E03151" w:rsidRDefault="00E03151">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid1"/>
       <w:tblW w:w="10920" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="2" w:space="0" w:color="172B54" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="2" w:space="0" w:color="172B54" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="24" w:space="0" w:color="1AA2E3" w:themeColor="text2"/>
         <w:right w:val="single" w:sz="2" w:space="0" w:color="172B54" w:themeColor="text1"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="255" w:type="dxa"/>
         <w:right w:w="255" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5668"/>
       <w:gridCol w:w="5252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00142FC2" w:rsidRPr="00CD6A1D" w14:paraId="0FFD2477" w14:textId="77777777" w:rsidTr="00142FC2">
       <w:trPr>
@@ -9222,61 +9111,61 @@
             <w:t>TEACHER REGISTRATION BOARD</w:t>
           </w:r>
           <w:r w:rsidRPr="00CD6A1D">
             <w:rPr>
               <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
               <w:b/>
               <w:sz w:val="30"/>
               <w:szCs w:val="30"/>
             </w:rPr>
             <w:br/>
             <w:t>of the Northern Territory</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7D6CAFBC" w14:textId="77777777" w:rsidR="00142FC2" w:rsidRDefault="00142FC2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4FB93817" w14:textId="77777777" w:rsidR="00E03151" w:rsidRDefault="00E03151">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B0B5088"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E8CDA38"/>
     <w:lvl w:ilvl="0" w:tplc="F51CB95A">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10007,181 +9896,193 @@
   <w:num w:numId="2" w16cid:durableId="1542522139">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1736971859">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="265768244">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1007906439">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="119999181">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="166874039">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2027752982">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00296E65"/>
+    <w:rsid w:val="00052934"/>
+    <w:rsid w:val="000A665D"/>
     <w:rsid w:val="000C3D90"/>
     <w:rsid w:val="001102FF"/>
     <w:rsid w:val="001110C9"/>
+    <w:rsid w:val="00127761"/>
     <w:rsid w:val="00140369"/>
     <w:rsid w:val="00142FC2"/>
     <w:rsid w:val="001B2D2F"/>
     <w:rsid w:val="001C4F2A"/>
     <w:rsid w:val="001D157A"/>
     <w:rsid w:val="00244A88"/>
     <w:rsid w:val="0027221D"/>
     <w:rsid w:val="00296E65"/>
     <w:rsid w:val="002A2DF2"/>
     <w:rsid w:val="002A6BED"/>
     <w:rsid w:val="002C7DBC"/>
     <w:rsid w:val="002D783D"/>
     <w:rsid w:val="002E68C3"/>
+    <w:rsid w:val="0030640B"/>
     <w:rsid w:val="003147A5"/>
     <w:rsid w:val="003225BF"/>
     <w:rsid w:val="0035089A"/>
     <w:rsid w:val="00351DCB"/>
     <w:rsid w:val="0036518A"/>
     <w:rsid w:val="00376BEC"/>
     <w:rsid w:val="0038725B"/>
     <w:rsid w:val="003A1076"/>
     <w:rsid w:val="003B33E5"/>
     <w:rsid w:val="003F13D7"/>
     <w:rsid w:val="00403C52"/>
     <w:rsid w:val="004130B7"/>
     <w:rsid w:val="00416D05"/>
     <w:rsid w:val="0049621D"/>
     <w:rsid w:val="004B6381"/>
     <w:rsid w:val="005571ED"/>
     <w:rsid w:val="00590AF9"/>
     <w:rsid w:val="005C73E4"/>
+    <w:rsid w:val="005F6887"/>
     <w:rsid w:val="00620F25"/>
     <w:rsid w:val="00671559"/>
     <w:rsid w:val="006768B9"/>
     <w:rsid w:val="006F57CB"/>
+    <w:rsid w:val="007233C2"/>
     <w:rsid w:val="007346FA"/>
     <w:rsid w:val="007431AD"/>
     <w:rsid w:val="00744184"/>
     <w:rsid w:val="00794A07"/>
     <w:rsid w:val="007E6C53"/>
+    <w:rsid w:val="007F13CE"/>
     <w:rsid w:val="00853078"/>
     <w:rsid w:val="00856FF7"/>
     <w:rsid w:val="00875986"/>
     <w:rsid w:val="00886C91"/>
+    <w:rsid w:val="008A2358"/>
+    <w:rsid w:val="008E05AE"/>
     <w:rsid w:val="008F618C"/>
     <w:rsid w:val="009473F2"/>
     <w:rsid w:val="00971CF4"/>
+    <w:rsid w:val="009A0D34"/>
     <w:rsid w:val="009D6768"/>
     <w:rsid w:val="00A228FC"/>
     <w:rsid w:val="00A5732C"/>
     <w:rsid w:val="00AB3121"/>
     <w:rsid w:val="00AE58DD"/>
     <w:rsid w:val="00AF35BF"/>
     <w:rsid w:val="00B74A46"/>
     <w:rsid w:val="00B767B3"/>
     <w:rsid w:val="00BB5E44"/>
     <w:rsid w:val="00BE1C0E"/>
     <w:rsid w:val="00BF32D4"/>
     <w:rsid w:val="00CB0CD2"/>
     <w:rsid w:val="00D25013"/>
     <w:rsid w:val="00DF618F"/>
     <w:rsid w:val="00E03151"/>
     <w:rsid w:val="00E21DD6"/>
+    <w:rsid w:val="00E21FF7"/>
+    <w:rsid w:val="00E44EC9"/>
     <w:rsid w:val="00E73FB0"/>
+    <w:rsid w:val="00E91587"/>
     <w:rsid w:val="00EB279E"/>
     <w:rsid w:val="00ED687D"/>
     <w:rsid w:val="00F05AF9"/>
     <w:rsid w:val="00F47371"/>
     <w:rsid w:val="00FF7649"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3C06C2F6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{06DC7B5D-C652-4EFC-BFBD-057F61057B02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11088,74 +10989,70 @@
     <w:name w:val="Current List1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00376BEC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E03151"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trb@trb.nt.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trb.nt.gov.au/" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7FC29370B5AB4576B4EDB303048CE070"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EDAB7C2B-285D-4E85-8CE4-68A8AF0B3FC6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FB1C33" w:rsidRDefault="00723B64">
           <w:pPr>
             <w:pStyle w:val="7FC29370B5AB4576B4EDB303048CE070"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC3A80">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -12191,51 +12088,51 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DB1CB064-DB08-4EB1-A35D-1F239A63691B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FB1C33" w:rsidRDefault="00DD6FEB" w:rsidP="00DD6FEB">
           <w:pPr>
             <w:pStyle w:val="8EFDCEF03BC141CDAD15F1DC08FA46DE"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC3A80">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12293,96 +12190,104 @@
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6FEB"/>
+    <w:rsid w:val="00052934"/>
     <w:rsid w:val="001110C9"/>
+    <w:rsid w:val="0029627A"/>
+    <w:rsid w:val="0030640B"/>
     <w:rsid w:val="00332556"/>
+    <w:rsid w:val="004B67E5"/>
     <w:rsid w:val="00587A34"/>
     <w:rsid w:val="00723B64"/>
+    <w:rsid w:val="009A0D34"/>
+    <w:rsid w:val="00B26C44"/>
     <w:rsid w:val="00BB5D54"/>
     <w:rsid w:val="00DD6FEB"/>
+    <w:rsid w:val="00DE0810"/>
+    <w:rsid w:val="00E21FF7"/>
     <w:rsid w:val="00FB1C33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12944,51 +12849,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD5CB472B4374A2D82DC7AD4C93D5076">
     <w:name w:val="DD5CB472B4374A2D82DC7AD4C93D5076"/>
     <w:rsid w:val="00DD6FEB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5642DC3B452947A78CD0E9935E78A5EE">
     <w:name w:val="5642DC3B452947A78CD0E9935E78A5EE"/>
     <w:rsid w:val="00DD6FEB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="176AA7B161B04F38A9EC5A241783C2FF">
     <w:name w:val="176AA7B161B04F38A9EC5A241783C2FF"/>
     <w:rsid w:val="00DD6FEB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9E7B29682E34A05ACF7C3C82A7BEBB9">
     <w:name w:val="D9E7B29682E34A05ACF7C3C82A7BEBB9"/>
     <w:rsid w:val="00DD6FEB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EFDCEF03BC141CDAD15F1DC08FA46DE">
     <w:name w:val="8EFDCEF03BC141CDAD15F1DC08FA46DE"/>
     <w:rsid w:val="00DD6FEB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="TRB NT">
       <a:dk1>
         <a:srgbClr val="172B54"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1AA2E3"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="172B54"/>
       </a:accent1>
       <a:accent2>
@@ -13547,78 +13452,78 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78DF7838-95EC-49CF-9A90-AF78FBD6F85B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3504198a-509c-41be-a609-8610e3422ae6"/>
     <ds:schemaRef ds:uri="db7695a3-7cec-4d88-93c8-ee17beace9b0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Intention to Submit HALT Certification Form.dotx</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>934</Words>
-  <Characters>5329</Characters>
+  <Words>927</Words>
+  <Characters>5290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>If you have selected ‘Other’ in the School Sector section, please provide further information such as a formal role description.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NT Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6251</CharactersWithSpaces>
+  <CharactersWithSpaces>6205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>If you have selected ‘Other’ in the School Sector section, please provide further information such as a formal role description.</dc:title>
   <dc:subject/>
   <dc:creator>Tamika Tiedeman</dc:creator>
   <cp:keywords/>
   <dc:description>Indicate FTE hours</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100769C01A1BA96F042B654C9E786DF9C44</vt:lpwstr>